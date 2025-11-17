--- v0 (2025-10-14)
+++ v1 (2025-11-17)
@@ -1,72 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00E32E53" w:rsidRPr="001B0692" w:rsidRDefault="00E32E53" w:rsidP="006B3CAE">
+    <w:p w14:paraId="734904FE" w14:textId="77777777" w:rsidR="00E32E53" w:rsidRPr="001B0692" w:rsidRDefault="00E32E53" w:rsidP="006B3CAE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="IranNastaliq"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="IranNastaliq"/>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B632CC1" wp14:editId="56B8E145">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4234C2A9" wp14:editId="7D1CA98E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5494020</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="731520" cy="754380"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1" descr="C:\Users\AMOZESH\Desktop\Untitled.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\AMOZESH\Desktop\Untitled.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
@@ -95,80 +96,82 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="IranNastaliq" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>به نام ایزد  دانا</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00743C43" w:rsidRPr="001B0692" w:rsidRDefault="00E32E53" w:rsidP="00671168">
+    <w:p w14:paraId="535166BA" w14:textId="2704B646" w:rsidR="00743C43" w:rsidRPr="001B0692" w:rsidRDefault="00E32E53" w:rsidP="00671168">
       <w:pPr>
         <w:spacing w:line="192" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="IranNastaliq"/>
           <w:sz w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0007479E" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>کاربرگ</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> طرح درس)</w:t>
       </w:r>
       <w:r w:rsidR="006B3CAE" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="004C0E17" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Titr" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
@@ -235,132 +238,132 @@
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidR="006B3CAE" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">روز رسانی:     </w:t>
       </w:r>
       <w:r w:rsidR="004C0E17" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="00671168">
-[...19 lines deleted...]
-      <w:r w:rsidR="00671168">
+      <w:r w:rsidR="00B71F9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="0026156C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>/140</w:t>
+        <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00671168">
+      <w:r w:rsidR="00B71F9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="0026156C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>/140</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71F9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0007479E" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="004C0E17" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0007479E" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="006B3CAE" w:rsidP="001F5FBF">
+    <w:p w14:paraId="74DEE17B" w14:textId="77777777" w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="006B3CAE" w:rsidP="001F5FBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Lotus"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="IranNastaliq"/>
           <w:sz w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>دانشکده</w:t>
       </w:r>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="IranNastaliq" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:rtl/>
@@ -385,59 +388,71 @@
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="006B0268" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A76C86" w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">نیمسال </w:t>
+        <w:t>نیمسال</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A76C86" w:rsidRPr="001B0692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Lotus" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F5FBF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>اول</w:t>
       </w:r>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> سال تحصیلی </w:t>
       </w:r>
       <w:r w:rsidR="0026156C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Lotus" w:hint="cs"/>
           <w:sz w:val="24"/>
@@ -473,482 +488,541 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10330" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1525"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1258"/>
         <w:gridCol w:w="2252"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="975"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006261B7" w:rsidRPr="001B0692" w:rsidTr="004C0E17">
+      <w:tr w:rsidR="006261B7" w:rsidRPr="001B0692" w14:paraId="3AA095DC" w14:textId="77777777" w:rsidTr="004C0E17">
         <w:trPr>
           <w:trHeight w:val="386"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="0026156C">
+          <w:p w14:paraId="257D2BD0" w14:textId="77777777" w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="0026156C">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Titr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>مقطع:</w:t>
             </w:r>
             <w:r w:rsidR="001A24D7" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> کارشناسی</w:t>
             </w:r>
             <w:r w:rsidR="0026156C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06E"/>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>کارشناسی</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00B97D71" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> ارشد</w:t>
             </w:r>
             <w:r w:rsidR="00B97D71" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00B97D71" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">  دکتری</w:t>
             </w:r>
             <w:r w:rsidR="00B97D71" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="00192698">
+          <w:p w14:paraId="4E06956A" w14:textId="77777777" w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="00192698">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Titr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>تعداد واحد: نظری</w:t>
             </w:r>
             <w:r w:rsidR="00192698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 عملی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="00632497">
+          <w:p w14:paraId="6D9EEEF4" w14:textId="77777777" w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="00632497">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>فارسی:</w:t>
             </w:r>
             <w:r w:rsidR="00F5678E" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00632497">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>روشهای آزمایشگاهی در زیست شناسی سلولی و مولکولی</w:t>
-            </w:r>
+              <w:t xml:space="preserve">روشهای آزمایشگاهی در زیست </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00632497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>شناسی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00632497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> سلولی و </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00632497">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>مولکولی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00342622">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="001B0692">
+          <w:p w14:paraId="0541F29E" w14:textId="77777777" w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="004C0E17" w:rsidP="001B0692">
+          <w:p w14:paraId="4E054122" w14:textId="77777777" w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="004C0E17" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Titr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>نام</w:t>
             </w:r>
             <w:r w:rsidR="005908E6" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> درس</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97D71" w:rsidRPr="001B0692" w:rsidTr="004C0E17">
+      <w:tr w:rsidR="00B97D71" w:rsidRPr="001B0692" w14:paraId="7B90CC8A" w14:textId="77777777" w:rsidTr="004C0E17">
         <w:trPr>
           <w:trHeight w:val="341"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6383" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B97D71" w:rsidRPr="001B0692" w:rsidRDefault="00B97D71" w:rsidP="00022AED">
+          <w:p w14:paraId="3DA1F0F7" w14:textId="4DCDECE0" w:rsidR="00B97D71" w:rsidRPr="001B0692" w:rsidRDefault="00B97D71" w:rsidP="00022AED">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Titr" w:hint="cs"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Titr"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>پیش</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>نیازها و هم</w:t>
-            </w:r>
+              <w:t>نیازها</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> و </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B0692">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>هم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0692">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>نیازها:</w:t>
+              <w:t>نیازها</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B0692">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00022AED">
-[...7 lines deleted...]
-              <w:t>ندارد</w:t>
+            <w:r w:rsidR="0045412A">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>بیوفیزیک</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B97D71" w:rsidRPr="001B0692" w:rsidRDefault="00B97D71" w:rsidP="00671168">
+          <w:p w14:paraId="08A5F79F" w14:textId="0202ED82" w:rsidR="00B97D71" w:rsidRPr="001B0692" w:rsidRDefault="00B97D71" w:rsidP="00671168">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>لاتین:</w:t>
             </w:r>
             <w:r w:rsidR="00F5678E" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00671168">
-[...15 lines deleted...]
-              <w:t>genetics</w:t>
+            <w:r w:rsidR="00B71F9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>Laboratory Methods in Molecular and</w:t>
             </w:r>
             <w:r w:rsidR="000D301B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B97D71" w:rsidRPr="001B0692" w:rsidRDefault="00B97D71" w:rsidP="001B0692">
+          <w:p w14:paraId="6219319A" w14:textId="77777777" w:rsidR="00B97D71" w:rsidRPr="001B0692" w:rsidRDefault="00B97D71" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Titr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidTr="007A6B1B">
+      <w:tr w:rsidR="00E31D17" w:rsidRPr="001B0692" w14:paraId="3F420987" w14:textId="77777777" w:rsidTr="007A6B1B">
         <w:trPr>
           <w:trHeight w:val="395"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5125" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidRDefault="00E31D17" w:rsidP="001B0692">
+          <w:p w14:paraId="7D03C40A" w14:textId="77777777" w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidRDefault="00E31D17" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>شماره تلفن اتاق:</w:t>
             </w:r>
             <w:r w:rsidR="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
@@ -961,2637 +1035,4566 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>33464884</w:t>
             </w:r>
             <w:r w:rsidR="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> داخلی 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5205" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidRDefault="00E31D17" w:rsidP="001B0692">
+          <w:p w14:paraId="1484A1DB" w14:textId="77777777" w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidRDefault="00E31D17" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Titr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>مدرس</w:t>
             </w:r>
             <w:r w:rsidR="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>: دکتر مریم حسنلو</w:t>
-            </w:r>
+              <w:t xml:space="preserve">: دکتر مریم </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001B0692">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>حسنلو</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidTr="007A6B1B">
+      <w:tr w:rsidR="00E31D17" w:rsidRPr="001B0692" w14:paraId="0748A20E" w14:textId="77777777" w:rsidTr="007A6B1B">
         <w:trPr>
           <w:trHeight w:val="341"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5125" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidRDefault="00E31D17" w:rsidP="001B0692">
+          <w:p w14:paraId="63745802" w14:textId="77777777" w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidRDefault="00E31D17" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>منزلگاه اینترنتی:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5205" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidRDefault="00E31D17" w:rsidP="001B0692">
+          <w:p w14:paraId="01612803" w14:textId="77777777" w:rsidR="00E31D17" w:rsidRPr="001B0692" w:rsidRDefault="00E31D17" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Titr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>پست الکترونیکی:</w:t>
             </w:r>
             <w:r w:rsidR="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>m.hassanlou@semnan.ac.ir</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE73D7" w:rsidRPr="001B0692" w:rsidTr="00746E7D">
+      <w:tr w:rsidR="00BE73D7" w:rsidRPr="001B0692" w14:paraId="5A06A17B" w14:textId="77777777" w:rsidTr="00746E7D">
         <w:trPr>
           <w:trHeight w:val="341"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE73D7" w:rsidRPr="001B0692" w:rsidRDefault="00BE73D7" w:rsidP="000D301B">
+          <w:p w14:paraId="087DB7F3" w14:textId="77777777" w:rsidR="00BE73D7" w:rsidRPr="001B0692" w:rsidRDefault="00BE73D7" w:rsidP="000D301B">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>برنامه تدریس در هفته و شماره کلاس:</w:t>
             </w:r>
             <w:r w:rsidR="0026156C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> یک جلسه در هفته</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D2DEA" w:rsidRPr="001B0692" w:rsidTr="004B094A">
+      <w:tr w:rsidR="008D2DEA" w:rsidRPr="001B0692" w14:paraId="4FD329B5" w14:textId="77777777" w:rsidTr="004B094A">
         <w:trPr>
           <w:trHeight w:val="359"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidR="008D2DEA" w:rsidRPr="001B0692" w:rsidRDefault="008D2DEA" w:rsidP="00632497">
+          <w:p w14:paraId="4B6DD6B8" w14:textId="77777777" w:rsidR="008D2DEA" w:rsidRPr="001B0692" w:rsidRDefault="008D2DEA" w:rsidP="00632497">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>اهداف درس:</w:t>
             </w:r>
             <w:r w:rsidR="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00302DF8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">آشنایی با </w:t>
             </w:r>
             <w:r w:rsidR="00632497">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve">روشهای </w:t>
-            </w:r>
+              <w:t xml:space="preserve">روشهای مورد استفاده در علوم سلولی و </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00632497">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>مورد استفاده در علوم</w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t>مولکولی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D2DEA" w:rsidRPr="001B0692" w:rsidTr="004B094A">
+      <w:tr w:rsidR="008D2DEA" w:rsidRPr="001B0692" w14:paraId="1321E2B3" w14:textId="77777777" w:rsidTr="004B094A">
         <w:trPr>
           <w:trHeight w:val="395"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10330" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w:rsidR="008D2DEA" w:rsidRPr="001B0692" w:rsidRDefault="008D2DEA" w:rsidP="001B0692">
+          <w:p w14:paraId="72F3EEED" w14:textId="77777777" w:rsidR="008D2DEA" w:rsidRPr="001B0692" w:rsidRDefault="008D2DEA" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>امکانات آموزشی مورد نیاز:</w:t>
             </w:r>
             <w:r w:rsidR="0026156C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> پروژکتور</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0026156C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>پروژکتور</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00604BD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>،</w:t>
             </w:r>
             <w:r w:rsidR="0026156C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> تخته وایت برد</w:t>
+              <w:t xml:space="preserve"> تخته </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0026156C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>وایت</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0026156C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> برد</w:t>
             </w:r>
             <w:r w:rsidR="00764C41">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidTr="007A6B1B">
+      <w:tr w:rsidR="00C1549F" w:rsidRPr="001B0692" w14:paraId="1AB4D560" w14:textId="77777777" w:rsidTr="007A6B1B">
         <w:trPr>
           <w:trHeight w:val="224"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
+          <w:p w14:paraId="1602B663" w14:textId="77777777" w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>امتحان پایان</w:t>
+              <w:t xml:space="preserve">امتحان </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B0692">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>پایان</w:t>
             </w:r>
             <w:r w:rsidR="001A24D7" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>ترم</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="001A24D7" w:rsidP="001B0692">
+          <w:p w14:paraId="011BA0C7" w14:textId="77777777" w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="001A24D7" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>امتحان میان</w:t>
-            </w:r>
+              <w:t xml:space="preserve">امتحان </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>میان</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0692">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidR="00C1549F" w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>ترم</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
+          <w:p w14:paraId="1BF3973C" w14:textId="77777777" w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>ارزشیابی مستمر(کوئیز)</w:t>
+              <w:t>ارزشیابی مستمر(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B0692">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>کوئیز</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B0692">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
+          <w:p w14:paraId="6AFDA154" w14:textId="77777777" w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>فعالیت</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>های کلاسی و آموزشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
+          <w:p w14:paraId="1F22F244" w14:textId="77777777" w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>نحوه ارزشیابی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidTr="007A6B1B">
+      <w:tr w:rsidR="007A6B1B" w:rsidRPr="001B0692" w14:paraId="1CB17970" w14:textId="77777777" w:rsidTr="007A6B1B">
         <w:trPr>
           <w:trHeight w:val="278"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="002C32C9" w:rsidP="001B0692">
+          <w:p w14:paraId="266A7FF8" w14:textId="77777777" w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="002C32C9" w:rsidP="001B0692">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="00022AED" w:rsidP="001B0692">
+          <w:p w14:paraId="5EBC1A7E" w14:textId="77777777" w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="00022AED" w:rsidP="001B0692">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="00390A3B" w:rsidP="001B0692">
+          <w:p w14:paraId="715145F6" w14:textId="77777777" w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="00390A3B" w:rsidP="001B0692">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="00022AED" w:rsidP="001B0692">
+          <w:p w14:paraId="55F5E7AD" w14:textId="77777777" w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="00022AED" w:rsidP="001B0692">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="180" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="007A6B1B" w:rsidP="001B0692">
+          <w:p w14:paraId="55C5B4AF" w14:textId="77777777" w:rsidR="007A6B1B" w:rsidRPr="001B0692" w:rsidRDefault="007A6B1B" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>درصد نمره</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidTr="004B094A">
+      <w:tr w:rsidR="00C1549F" w:rsidRPr="001B0692" w14:paraId="39792933" w14:textId="77777777" w:rsidTr="004B094A">
         <w:trPr>
           <w:trHeight w:val="1115"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8635" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00844987" w:rsidRPr="002C32C9" w:rsidRDefault="00844987" w:rsidP="004F546B">
+          <w:p w14:paraId="5F8C8BB0" w14:textId="669AB66D" w:rsidR="00844987" w:rsidRPr="002C32C9" w:rsidRDefault="00225C9E" w:rsidP="004F546B">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Nazanin"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00225C9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Nazanin"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="585552D5" wp14:editId="7B1E6457">
+                  <wp:extent cx="5295900" cy="869546"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+                  <wp:docPr id="2" name="Picture 2"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5309832" cy="871834"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
+          <w:p w14:paraId="2DD7BC26" w14:textId="77777777" w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
+          <w:p w14:paraId="4859D625" w14:textId="77777777" w:rsidR="00C1549F" w:rsidRPr="001B0692" w:rsidRDefault="00C1549F" w:rsidP="001B0692">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Titr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>منابع و مآخذ درس</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006B0268" w:rsidRPr="001B0692" w:rsidRDefault="006B0268" w:rsidP="001A24D7">
+    <w:p w14:paraId="782E689C" w14:textId="77777777" w:rsidR="006B0268" w:rsidRPr="001B0692" w:rsidRDefault="006B0268" w:rsidP="001A24D7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="10"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006B0268" w:rsidRPr="001B0692" w:rsidRDefault="006B0268" w:rsidP="006B0268">
+    <w:p w14:paraId="277015C5" w14:textId="77777777" w:rsidR="006B0268" w:rsidRPr="001B0692" w:rsidRDefault="006B0268" w:rsidP="006B0268">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:t>بودجه</w:t>
       </w:r>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="001B0692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>بندی درس</w:t>
+        <w:t>بندی</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001B0692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> درس</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10253" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1975"/>
         <w:gridCol w:w="7200"/>
         <w:gridCol w:w="1078"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B094A" w:rsidRPr="001B0692" w:rsidTr="00891C14">
+      <w:tr w:rsidR="004B094A" w:rsidRPr="001B0692" w14:paraId="6521467A" w14:textId="77777777" w:rsidTr="00891C14">
         <w:trPr>
           <w:trHeight w:val="383"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004B094A" w:rsidRPr="001B0692" w:rsidRDefault="004B094A" w:rsidP="006B0268">
+          <w:p w14:paraId="11FFEC07" w14:textId="77777777" w:rsidR="004B094A" w:rsidRPr="001B0692" w:rsidRDefault="004B094A" w:rsidP="006B0268">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>توضیحات</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004B094A" w:rsidRPr="001B0692" w:rsidRDefault="004B094A" w:rsidP="006B0268">
+          <w:p w14:paraId="220E8AA2" w14:textId="77777777" w:rsidR="004B094A" w:rsidRPr="001B0692" w:rsidRDefault="004B094A" w:rsidP="006B0268">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>مبحث</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004B094A" w:rsidRPr="001B0692" w:rsidRDefault="004B094A" w:rsidP="006B0268">
+          <w:p w14:paraId="22E92446" w14:textId="77777777" w:rsidR="004B094A" w:rsidRPr="001B0692" w:rsidRDefault="004B094A" w:rsidP="006B0268">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>شماره هفته آموزشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE7024" w:rsidRPr="001B0692" w:rsidTr="006B3CAE">
+      <w:tr w:rsidR="00FE7024" w:rsidRPr="001B0692" w14:paraId="6F6892DA" w14:textId="77777777" w:rsidTr="006B3CAE">
         <w:trPr>
           <w:trHeight w:val="152"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE7024" w:rsidRPr="001B0692" w:rsidRDefault="00FE7024" w:rsidP="006B0268">
+          <w:p w14:paraId="4899A73D" w14:textId="77777777" w:rsidR="00FE7024" w:rsidRPr="001B0692" w:rsidRDefault="00FE7024" w:rsidP="006B0268">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE7024" w:rsidRPr="001B0692" w:rsidRDefault="00E91425" w:rsidP="006B5327">
+          <w:p w14:paraId="49B19EBC" w14:textId="4A6B9EAF" w:rsidR="00FE7024" w:rsidRPr="00A43564" w:rsidRDefault="0045412A" w:rsidP="006B5327">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
-[...44 lines deleted...]
-              <w:t>و تاریخچه آن</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ا</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>صول اندازه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>گ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="eastAsia"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> کم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>pH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اندازه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>گیری</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آن،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>محلولهای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>بافری</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE7024" w:rsidRPr="001B0692" w:rsidRDefault="00FE7024" w:rsidP="006B0268">
+          <w:p w14:paraId="3E236864" w14:textId="77777777" w:rsidR="00FE7024" w:rsidRPr="001B0692" w:rsidRDefault="00FE7024" w:rsidP="006B0268">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B3CAE" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="006B3CAE" w:rsidRPr="001B0692" w14:paraId="14A81DFB" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
           <w:trHeight w:val="89"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B3CAE" w:rsidRPr="001B0692" w:rsidRDefault="006B3CAE" w:rsidP="006B0268">
+          <w:p w14:paraId="19D69CD3" w14:textId="77777777" w:rsidR="006B3CAE" w:rsidRPr="001B0692" w:rsidRDefault="006B3CAE" w:rsidP="006B0268">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B3CAE" w:rsidRPr="001B0692" w:rsidRDefault="00F3214C" w:rsidP="00117D3E">
+          <w:p w14:paraId="594B0638" w14:textId="191E72E3" w:rsidR="006B3CAE" w:rsidRPr="00A43564" w:rsidRDefault="00742137" w:rsidP="00117D3E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
-                <w:sz w:val="24"/>
-[...12 lines deleted...]
-              <w:t>سازو کارهای مولکولی تغییرات اپیژنتیکی در سطح هیستون</w:t>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>مطالعات</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>میکروسکپی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>انواع</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>میکروسکوپ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ها،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>مقطع</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>گیری،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>انواع</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>رنگ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آمیزی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>غیره</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006B3CAE" w:rsidRPr="001B0692" w:rsidRDefault="006B3CAE" w:rsidP="006B0268">
+          <w:p w14:paraId="2E3A7BB2" w14:textId="77777777" w:rsidR="006B3CAE" w:rsidRPr="001B0692" w:rsidRDefault="006B3CAE" w:rsidP="006B0268">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4926" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="002A4926" w:rsidRPr="001B0692" w14:paraId="1286BA4D" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
           <w:trHeight w:val="197"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A4926" w:rsidRPr="001B0692" w:rsidRDefault="002A4926" w:rsidP="002A4926">
+          <w:p w14:paraId="1092D026" w14:textId="77777777" w:rsidR="002A4926" w:rsidRPr="001B0692" w:rsidRDefault="002A4926" w:rsidP="002A4926">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A4926" w:rsidRPr="001B0692" w:rsidRDefault="00F3214C" w:rsidP="00F3214C">
-[...4 lines deleted...]
-              <w:contextualSpacing/>
+          <w:p w14:paraId="6B47EA7D" w14:textId="4488EE6E" w:rsidR="002A4926" w:rsidRPr="00A43564" w:rsidRDefault="00FD64F4" w:rsidP="00FD64F4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
-[...23 lines deleted...]
-              <w:t>DNA</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>جداسازی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اعم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>از</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>کروماتوگرافی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>الکتروفورز</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>،</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A4926" w:rsidRPr="001B0692" w:rsidRDefault="002A4926" w:rsidP="002A4926">
+          <w:p w14:paraId="40FBAF74" w14:textId="77777777" w:rsidR="002A4926" w:rsidRPr="001B0692" w:rsidRDefault="002A4926" w:rsidP="002A4926">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="003F0CB6" w:rsidRPr="001B0692" w14:paraId="3D2214C6" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
           <w:trHeight w:val="206"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+          <w:p w14:paraId="55A5E88C" w14:textId="77777777" w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="00F3214C" w:rsidP="00AE5BC9">
-[...4 lines deleted...]
-              <w:contextualSpacing/>
+          <w:p w14:paraId="58D73520" w14:textId="410BB0E7" w:rsidR="003F0CB6" w:rsidRPr="00A43564" w:rsidRDefault="00FD64F4" w:rsidP="00FD64F4">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
-[...33 lines deleted...]
-              <w:t>ی غیر کد کننده</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ته</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>نشین</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>سازی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>فیلتراسیون</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>غشایی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>دیالیز</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>تعادلی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>غیره</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+          <w:p w14:paraId="531DE68A" w14:textId="77777777" w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="003F0CB6" w:rsidRPr="001B0692" w14:paraId="6991F814" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
           <w:trHeight w:val="215"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+          <w:p w14:paraId="5F83C532" w14:textId="77777777" w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="003F0CB6" w:rsidRDefault="00F8482C" w:rsidP="00F8482C">
+          <w:p w14:paraId="5D310420" w14:textId="5845DAB1" w:rsidR="003F0CB6" w:rsidRPr="00A43564" w:rsidRDefault="00A43564" w:rsidP="00A43564">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آشنایی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اجمالی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>با</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>رادیوایزوتوپها</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>خواص</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ویژگیهای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>فیزیکوشیمیایی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>،</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>انواع</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اهمیت</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آنها</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C782E38" w14:textId="77777777" w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+            <w:pPr>
+              <w:spacing w:line="192" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0692">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F0CB6" w:rsidRPr="001B0692" w14:paraId="67C75141" w14:textId="77777777" w:rsidTr="00FE7024">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE6FA06" w14:textId="77777777" w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="192" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B127B16" w14:textId="0EA714BF" w:rsidR="003F0CB6" w:rsidRPr="00A43564" w:rsidRDefault="00A43564" w:rsidP="003F0CB6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
-                <w:sz w:val="24"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">فرایند های زیستی تحت کنترل تغییرات اپیژنتیکی </w:t>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>مورد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>استفاده</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>در</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>مطالعه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>فرآیندهای</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>همانندسازی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>نسخه</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>برداری</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> و </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>بررسی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>تغییرات</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A43564">
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ساختاری</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+          <w:p w14:paraId="0F090311" w14:textId="77777777" w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="003F0CB6" w:rsidRPr="001B0692" w14:paraId="0112AB79" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
-          <w:trHeight w:val="242"/>
+          <w:trHeight w:val="251"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+          <w:p w14:paraId="64851FA6" w14:textId="77777777" w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="00F8482C" w:rsidP="003F0CB6">
+          <w:p w14:paraId="621C18DE" w14:textId="4CDA22E0" w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="00A43564" w:rsidP="003F0CB6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
-[...14 lines deleted...]
-              <w:t>اثر گزاری (نقش نگاری) ژنی و بیماریهای مرتبط با آن</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>فعالیت</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آنزیمی</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>و</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اندازهگیری</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+          <w:p w14:paraId="6AF2D643" w14:textId="77777777" w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="00A20953" w:rsidRPr="001B0692" w14:paraId="6777A66C" w14:textId="77777777" w:rsidTr="006B3CAE">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:trHeight w:val="197"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+          <w:p w14:paraId="4449006C" w14:textId="77777777" w:rsidR="00A20953" w:rsidRPr="001B0692" w:rsidRDefault="00A20953" w:rsidP="00A20953">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="00F8482C" w:rsidP="003F0CB6">
+          <w:p w14:paraId="3FA2034E" w14:textId="666E9EB0" w:rsidR="00A20953" w:rsidRPr="001B0692" w:rsidRDefault="00A43564" w:rsidP="00F8482C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
-[...25 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>تعیین</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>توالی</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اسیدهای</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>نوکلئیک</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F0CB6" w:rsidRPr="001B0692" w:rsidRDefault="003F0CB6" w:rsidP="003F0CB6">
+          <w:p w14:paraId="4565A4FF" w14:textId="77777777" w:rsidR="00A20953" w:rsidRPr="001B0692" w:rsidRDefault="00A20953" w:rsidP="00A20953">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A20953" w:rsidRPr="001B0692" w:rsidTr="006B3CAE">
+      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w14:paraId="24C76BC4" w14:textId="77777777" w:rsidTr="006B3CAE">
         <w:trPr>
-          <w:trHeight w:val="197"/>
+          <w:trHeight w:val="188"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20953" w:rsidRPr="001B0692" w:rsidRDefault="00A20953" w:rsidP="00A20953">
+          <w:p w14:paraId="74386AA0" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20953" w:rsidRPr="001B0692" w:rsidRDefault="00F8482C" w:rsidP="00F8482C">
+          <w:p w14:paraId="335F83D2" w14:textId="7D82B488" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A43564" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
-[...6 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>تعیین</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>توالی</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>پروتئینها</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A20953" w:rsidRPr="001B0692" w:rsidRDefault="00A20953" w:rsidP="00A20953">
+          <w:p w14:paraId="7250E754" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidTr="006B3CAE">
+      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w14:paraId="2FE85F35" w14:textId="77777777" w:rsidTr="006B3CAE">
         <w:trPr>
-          <w:trHeight w:val="188"/>
+          <w:trHeight w:val="206"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="117E0790" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00F8482C" w:rsidP="00A40EE4">
+          <w:p w14:paraId="2AF4CC1F" w14:textId="38D0CFE3" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A43564" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:bidi="fa-IR"/>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> به عنوان بیوسنسور زیستی</w:t>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>کشت</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>سلول</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="0C478C91" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidTr="006B3CAE">
+      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w14:paraId="79BAFBB9" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
-          <w:trHeight w:val="206"/>
+          <w:trHeight w:val="224"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="00994781" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00F8482C" w:rsidP="00A40EE4">
+          <w:p w14:paraId="1358CBC6" w14:textId="08301604" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A43564" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
-[...5 lines deleted...]
-              <w:t>اپیژنتیک سانترومر و مناطق هتروکروماتینی</w:t>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>طیفسنجی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>نوری</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اسپکتروسکوپی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ناحیه</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>مرئی</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ناحیه</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>فرابنفش</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="508E2F57" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w14:paraId="60915AF6" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
-          <w:trHeight w:val="224"/>
+          <w:trHeight w:val="233"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="1557EBEF" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00BE5279" w:rsidP="00A40EE4">
+          <w:p w14:paraId="6902EFE3" w14:textId="291148F5" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00F73C2B" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
-[...6 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اسپکتروفلوریمتری</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="30B9BCEB" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w14:paraId="7E68E4B6" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
-          <w:trHeight w:val="233"/>
+          <w:trHeight w:val="71"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="435B762B" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00BE5279" w:rsidP="00A40EE4">
+          <w:p w14:paraId="26D1318E" w14:textId="2C4B39D0" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00F73C2B" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
-[...6 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اسپکتروپلاریمتری</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="4266D792" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w14:paraId="66FF0573" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
-          <w:trHeight w:val="71"/>
+          <w:trHeight w:val="269"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="191B10CE" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00F8482C" w:rsidP="00A40EE4">
-[...88 lines deleted...]
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00F8482C" w:rsidP="00F8482C">
+          <w:p w14:paraId="3E607DE3" w14:textId="70420681" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00F73C2B" w:rsidP="00F8482C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
-[...6 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اصول</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>روشهای</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ایمنیشناختی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="16CA3925" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w14:paraId="5481DAE6" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
           <w:trHeight w:val="269"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="6080F1C7" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00BE5279" w:rsidP="00A40EE4">
+          <w:p w14:paraId="4DC859CD" w14:textId="30833431" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00F73C2B" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
-[...6 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>فرآیند</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>بیوسنتز</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>پروتئینها</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>،</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>بررسی</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>برخی</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>از</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>تغییرات</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ساختاری</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="B Zar" w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>پروتئینها</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="1A29E6A4" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidTr="00FE7024">
+      <w:tr w:rsidR="00A40EE4" w:rsidRPr="001B0692" w14:paraId="58CD7FE8" w14:textId="77777777" w:rsidTr="00FE7024">
         <w:trPr>
           <w:trHeight w:val="269"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="14B781AC" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00BE5279" w:rsidP="00A40EE4">
+          <w:p w14:paraId="5EF66E56" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00BE5279" w:rsidP="00A40EE4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:bidi/>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>سمینارهای دانشجویی مرتبط با مباحث اپیژنتیکی</w:t>
-            </w:r>
+              <w:t xml:space="preserve">سمینارهای دانشجویی مرتبط با مباحث </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>اپیژنتیکی</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1078" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
+          <w:p w14:paraId="2EF3C4B1" w14:textId="77777777" w:rsidR="00A40EE4" w:rsidRPr="001B0692" w:rsidRDefault="00A40EE4" w:rsidP="00A40EE4">
             <w:pPr>
               <w:spacing w:line="192" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="00F8482C">
+    <w:p w14:paraId="5EB0DDAB" w14:textId="77777777" w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidRDefault="005908E6" w:rsidP="00F8482C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="IranNastaliq"/>
           <w:sz w:val="24"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidSect="0007479E">
+    <w:sectPr w:rsidR="005908E6" w:rsidRPr="001B0692" w:rsidSect="00B71F9C">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00086FB3" w:rsidRDefault="00086FB3" w:rsidP="0007479E">
+    <w:p w14:paraId="1E13C777" w14:textId="77777777" w:rsidR="00104908" w:rsidRDefault="00104908" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00086FB3" w:rsidRDefault="00086FB3" w:rsidP="0007479E">
+    <w:p w14:paraId="3242A5FD" w14:textId="77777777" w:rsidR="00104908" w:rsidRDefault="00104908" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IranNastaliq">
-    <w:panose1 w:val="02000503000000020003"/>
+    <w:panose1 w:val="02020505000000020003"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A1002AEF" w:usb1="D000604A" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Mitra">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Lotus">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Titr">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="B Zar">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00086FB3" w:rsidRDefault="00086FB3" w:rsidP="0007479E">
+    <w:p w14:paraId="08C80A02" w14:textId="77777777" w:rsidR="00104908" w:rsidRDefault="00104908" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00086FB3" w:rsidRDefault="00086FB3" w:rsidP="0007479E">
+    <w:p w14:paraId="6911219C" w14:textId="77777777" w:rsidR="00104908" w:rsidRDefault="00104908" w:rsidP="0007479E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21044F3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F906F104"/>
     <w:lvl w:ilvl="0" w:tplc="D05ACBE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C5E8F4A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3784,249 +5787,260 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFBA3D94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005908E6"/>
     <w:rsid w:val="00020A21"/>
     <w:rsid w:val="00022AED"/>
     <w:rsid w:val="00043444"/>
     <w:rsid w:val="00047D53"/>
     <w:rsid w:val="0007479E"/>
     <w:rsid w:val="00086FB3"/>
     <w:rsid w:val="00091212"/>
     <w:rsid w:val="000C7D22"/>
     <w:rsid w:val="000D301B"/>
     <w:rsid w:val="000F7B01"/>
     <w:rsid w:val="0010093E"/>
+    <w:rsid w:val="00104908"/>
     <w:rsid w:val="00117D3E"/>
     <w:rsid w:val="001825D2"/>
     <w:rsid w:val="00192698"/>
     <w:rsid w:val="001A24D7"/>
     <w:rsid w:val="001A3FFD"/>
     <w:rsid w:val="001B0692"/>
     <w:rsid w:val="001E1500"/>
     <w:rsid w:val="001F1D05"/>
     <w:rsid w:val="001F5FBF"/>
     <w:rsid w:val="0020524E"/>
+    <w:rsid w:val="00225C9E"/>
     <w:rsid w:val="0023366D"/>
     <w:rsid w:val="0026156C"/>
     <w:rsid w:val="00271591"/>
     <w:rsid w:val="002A4926"/>
     <w:rsid w:val="002B605C"/>
     <w:rsid w:val="002C32C9"/>
     <w:rsid w:val="00302DF8"/>
     <w:rsid w:val="00315A93"/>
     <w:rsid w:val="003166DA"/>
     <w:rsid w:val="00321206"/>
     <w:rsid w:val="00342622"/>
     <w:rsid w:val="00344D39"/>
     <w:rsid w:val="00390A3B"/>
     <w:rsid w:val="003D23C3"/>
     <w:rsid w:val="003F0CB6"/>
     <w:rsid w:val="004173EC"/>
     <w:rsid w:val="004447A4"/>
+    <w:rsid w:val="0045412A"/>
     <w:rsid w:val="004711AD"/>
     <w:rsid w:val="00487E9A"/>
     <w:rsid w:val="00497C56"/>
     <w:rsid w:val="004A0FF6"/>
     <w:rsid w:val="004B094A"/>
     <w:rsid w:val="004C0E17"/>
     <w:rsid w:val="004C63F8"/>
     <w:rsid w:val="004D162F"/>
     <w:rsid w:val="004F51DA"/>
     <w:rsid w:val="004F546B"/>
     <w:rsid w:val="00552C78"/>
     <w:rsid w:val="00567A57"/>
     <w:rsid w:val="00580DA0"/>
     <w:rsid w:val="005908E6"/>
     <w:rsid w:val="0059383B"/>
     <w:rsid w:val="005A315B"/>
     <w:rsid w:val="005B71F9"/>
     <w:rsid w:val="005D5A8A"/>
     <w:rsid w:val="00604493"/>
     <w:rsid w:val="00604BD4"/>
     <w:rsid w:val="0062398B"/>
     <w:rsid w:val="006261B7"/>
     <w:rsid w:val="00632497"/>
     <w:rsid w:val="006432DD"/>
     <w:rsid w:val="00644F74"/>
     <w:rsid w:val="006462E6"/>
     <w:rsid w:val="00671168"/>
     <w:rsid w:val="006A28D2"/>
     <w:rsid w:val="006A5466"/>
     <w:rsid w:val="006B0268"/>
     <w:rsid w:val="006B3CAE"/>
     <w:rsid w:val="006B5327"/>
     <w:rsid w:val="007367C0"/>
+    <w:rsid w:val="00742137"/>
     <w:rsid w:val="00743C43"/>
     <w:rsid w:val="00764C41"/>
     <w:rsid w:val="007664A7"/>
     <w:rsid w:val="007A1A5E"/>
     <w:rsid w:val="007A6B1B"/>
     <w:rsid w:val="007E37E1"/>
     <w:rsid w:val="007F5A8D"/>
     <w:rsid w:val="00844987"/>
     <w:rsid w:val="00882AF4"/>
     <w:rsid w:val="00891C14"/>
     <w:rsid w:val="008B0551"/>
     <w:rsid w:val="008D2DEA"/>
     <w:rsid w:val="00911292"/>
+    <w:rsid w:val="00915E3C"/>
     <w:rsid w:val="009B692A"/>
     <w:rsid w:val="009F04B0"/>
     <w:rsid w:val="00A00877"/>
     <w:rsid w:val="00A11597"/>
     <w:rsid w:val="00A20953"/>
     <w:rsid w:val="00A20F97"/>
     <w:rsid w:val="00A36B0D"/>
     <w:rsid w:val="00A40EE4"/>
+    <w:rsid w:val="00A43564"/>
     <w:rsid w:val="00A73804"/>
     <w:rsid w:val="00A76C86"/>
     <w:rsid w:val="00AB390F"/>
     <w:rsid w:val="00AE5BC9"/>
     <w:rsid w:val="00B65813"/>
+    <w:rsid w:val="00B71F9C"/>
     <w:rsid w:val="00B97D71"/>
     <w:rsid w:val="00BA6640"/>
     <w:rsid w:val="00BD0ED5"/>
     <w:rsid w:val="00BE5279"/>
     <w:rsid w:val="00BE73D7"/>
     <w:rsid w:val="00C1549F"/>
     <w:rsid w:val="00C67303"/>
     <w:rsid w:val="00C84F12"/>
     <w:rsid w:val="00CC0004"/>
     <w:rsid w:val="00CE2AD5"/>
     <w:rsid w:val="00D310BA"/>
     <w:rsid w:val="00DE78EB"/>
     <w:rsid w:val="00E00030"/>
     <w:rsid w:val="00E13C35"/>
     <w:rsid w:val="00E31D17"/>
     <w:rsid w:val="00E32E53"/>
     <w:rsid w:val="00E521EC"/>
     <w:rsid w:val="00E56627"/>
     <w:rsid w:val="00E655B3"/>
     <w:rsid w:val="00E83C9B"/>
     <w:rsid w:val="00E90279"/>
     <w:rsid w:val="00E9089F"/>
     <w:rsid w:val="00E91425"/>
     <w:rsid w:val="00EC3089"/>
     <w:rsid w:val="00ED50C4"/>
     <w:rsid w:val="00EE75A4"/>
     <w:rsid w:val="00F3214C"/>
     <w:rsid w:val="00F5678E"/>
+    <w:rsid w:val="00F73C2B"/>
     <w:rsid w:val="00F760F3"/>
     <w:rsid w:val="00F8482C"/>
     <w:rsid w:val="00FA3054"/>
     <w:rsid w:val="00FA3B45"/>
+    <w:rsid w:val="00FD64F4"/>
     <w:rsid w:val="00FE7024"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w14:docId w14:val="72837F69"/>
+  <w:decimalSymbol w:val="/"/>
+  <w:listSeparator w:val="؛"/>
+  <w14:docId w14:val="7CFD1854"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7B9B294B-9530-4E21-ADFB-C5A35F51342A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4088,98 +6102,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -4354,50 +6364,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -4494,51 +6509,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0007479E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002C32C9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="414405255">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1873498062">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="806"/>
           <w:marTop w:val="200"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4769,51 +6784,51 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1991862484">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5038,70 +7053,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>246</Words>
-  <Characters>1408</Characters>
+  <Words>264</Words>
+  <Characters>1511</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1651</CharactersWithSpaces>
+  <CharactersWithSpaces>1772</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>AMOZESH</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>